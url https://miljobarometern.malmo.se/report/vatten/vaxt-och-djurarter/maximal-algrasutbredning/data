--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1a038a615657401db77dfce1804b5255"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R67a39408d0d9485786cd73ecd10f43ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a038a615657401db77dfce1804b5255" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67a39408d0d9485786cd73ecd10f43ad" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>