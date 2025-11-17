--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R67a39408d0d9485786cd73ecd10f43ad"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7355c74864da4c088e5929d05c061ae9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R67a39408d0d9485786cd73ecd10f43ad" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7355c74864da4c088e5929d05c061ae9" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>