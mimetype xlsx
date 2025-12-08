--- v2 (2025-11-17)
+++ v3 (2025-12-08)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7355c74864da4c088e5929d05c061ae9"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb6d8fa7a2dd84688bf3542b57c3555bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7355c74864da4c088e5929d05c061ae9" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6d8fa7a2dd84688bf3542b57c3555bf" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>