--- v3 (2025-12-08)
+++ v4 (2025-12-29)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb6d8fa7a2dd84688bf3542b57c3555bf"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8b11edb2e72249d28cc9bb0b75aa6c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6d8fa7a2dd84688bf3542b57c3555bf" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b11edb2e72249d28cc9bb0b75aa6c1f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>