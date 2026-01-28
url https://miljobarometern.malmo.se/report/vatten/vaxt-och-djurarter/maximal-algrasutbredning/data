--- v4 (2025-12-29)
+++ v5 (2026-01-28)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8b11edb2e72249d28cc9bb0b75aa6c1f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rac1043c360d94de2b947bb2a5abb15bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b11edb2e72249d28cc9bb0b75aa6c1f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rac1043c360d94de2b947bb2a5abb15bc" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>