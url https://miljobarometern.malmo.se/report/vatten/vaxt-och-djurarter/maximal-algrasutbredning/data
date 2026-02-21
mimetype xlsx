--- v5 (2026-01-28)
+++ v6 (2026-02-21)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rac1043c360d94de2b947bb2a5abb15bc"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R75ce49e1a3e34bf78a2b825e2c7c0dbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rac1043c360d94de2b947bb2a5abb15bc" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75ce49e1a3e34bf78a2b825e2c7c0dbd" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>