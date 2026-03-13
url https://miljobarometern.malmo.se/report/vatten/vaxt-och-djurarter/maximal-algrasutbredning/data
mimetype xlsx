--- v6 (2026-02-21)
+++ v7 (2026-03-13)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R75ce49e1a3e34bf78a2b825e2c7c0dbd"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf93ec0211b804be898b2375d886e4246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75ce49e1a3e34bf78a2b825e2c7c0dbd" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf93ec0211b804be898b2375d886e4246" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>