--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rea5e66d121c84bb8af5ea19a558cd96d"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Raad83ea5b0894293a8fbcfb934d2932f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea5e66d121c84bb8af5ea19a558cd96d" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raad83ea5b0894293a8fbcfb934d2932f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F106"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>