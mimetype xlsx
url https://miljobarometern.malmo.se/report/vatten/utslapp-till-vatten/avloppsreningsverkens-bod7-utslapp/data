--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Raad83ea5b0894293a8fbcfb934d2932f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3d0ebe07f48e48b5b58a84fea4982cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raad83ea5b0894293a8fbcfb934d2932f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d0ebe07f48e48b5b58a84fea4982cc3" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F106"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>