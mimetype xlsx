--- v2 (2025-12-29)
+++ v3 (2026-01-19)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3d0ebe07f48e48b5b58a84fea4982cc3"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rde05a88439094f4fbccebc522a3993f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d0ebe07f48e48b5b58a84fea4982cc3" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde05a88439094f4fbccebc522a3993f0" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F106"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>