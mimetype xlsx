--- v3 (2026-01-19)
+++ v4 (2026-02-11)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rde05a88439094f4fbccebc522a3993f0"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R5df6110908ac47a1a29993ee19b8025e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde05a88439094f4fbccebc522a3993f0" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5df6110908ac47a1a29993ee19b8025e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F106"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>