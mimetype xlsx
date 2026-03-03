--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R5df6110908ac47a1a29993ee19b8025e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf9a00b77e09f4825bae03b87ccd44ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5df6110908ac47a1a29993ee19b8025e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9a00b77e09f4825bae03b87ccd44ffb" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F106"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>