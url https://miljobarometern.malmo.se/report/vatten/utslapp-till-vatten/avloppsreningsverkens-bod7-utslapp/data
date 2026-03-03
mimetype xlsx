--- v5 (2026-03-03)
+++ v6 (2026-03-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf9a00b77e09f4825bae03b87ccd44ffb"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0eba9f7b1e664cf0ae9051461700041b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9a00b77e09f4825bae03b87ccd44ffb" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0eba9f7b1e664cf0ae9051461700041b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F106"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>