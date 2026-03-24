--- v6 (2026-03-03)
+++ v7 (2026-03-24)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0eba9f7b1e664cf0ae9051461700041b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rffd7d53eefc84be1aeec71754befd14f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0eba9f7b1e664cf0ae9051461700041b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffd7d53eefc84be1aeec71754befd14f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F106"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>