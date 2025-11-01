--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb906ccfa80bc4376a8f4b12963cf3e2e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R43615047db924c9bb146e5ce1e8cac1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb906ccfa80bc4376a8f4b12963cf3e2e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43615047db924c9bb146e5ce1e8cac1b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F21"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -337,181 +337,181 @@
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
         <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>36525</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
         <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
-        <x:v>306.4</x:v>
+        <x:v>356.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D15" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>356.1</x:v>
+        <x:v>306.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D16" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
-        <x:v>387.5</x:v>
+        <x:v>321.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D17" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
-        <x:v>321.7</x:v>
+        <x:v>387.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B18" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C18" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D18" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E18" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
-        <x:v>337.3</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D19" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
-        <x:v>420</x:v>
+        <x:v>337.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D20" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
-        <x:v>400.65</x:v>
+        <x:v>472.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D21" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E21" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F21" t="n" s="2">
-        <x:v>472.5</x:v>
+        <x:v>400.65</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>