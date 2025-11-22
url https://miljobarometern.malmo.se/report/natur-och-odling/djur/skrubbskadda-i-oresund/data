--- v1 (2025-11-01)
+++ v2 (2025-11-22)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R43615047db924c9bb146e5ce1e8cac1b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R287daa34e9e14206b4e8507ce8ba73fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43615047db924c9bb146e5ce1e8cac1b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R287daa34e9e14206b4e8507ce8ba73fe" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F21"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>