--- v2 (2025-11-22)
+++ v3 (2025-12-12)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R287daa34e9e14206b4e8507ce8ba73fe"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R5c9d9654df164a7484858a39c44df6ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R287daa34e9e14206b4e8507ce8ba73fe" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c9d9654df164a7484858a39c44df6ac" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F21"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -297,221 +297,221 @@
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
         <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
         <x:v>413.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>36525</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>432.9</x:v>
+        <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>36525</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>330.85</x:v>
+        <x:v>432.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
         <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
         <x:v>356.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
         <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D15" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
         <x:v>306.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D16" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
-        <x:v>321.7</x:v>
+        <x:v>387.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D17" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
-        <x:v>387.5</x:v>
+        <x:v>321.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B18" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C18" t="str" s="2">
         <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D18" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E18" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
         <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D19" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
         <x:v>337.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D20" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
-        <x:v>472.5</x:v>
+        <x:v>400.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D21" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E21" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F21" t="n" s="2">
-        <x:v>400.65</x:v>
+        <x:v>472.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>