--- v3 (2025-12-12)
+++ v4 (2026-01-02)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R5c9d9654df164a7484858a39c44df6ac"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf196032ff7b4434cbe5a03e79aa240ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c9d9654df164a7484858a39c44df6ac" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf196032ff7b4434cbe5a03e79aa240ba" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F21"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>