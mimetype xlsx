--- v4 (2026-01-02)
+++ v5 (2026-01-23)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf196032ff7b4434cbe5a03e79aa240ba"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R01012d0ecc0b4baa856e16b116e189a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf196032ff7b4434cbe5a03e79aa240ba" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01012d0ecc0b4baa856e16b116e189a0" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F21"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -337,160 +337,160 @@
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
         <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>36525</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
         <x:v>432.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
-        <x:v>356.1</x:v>
+        <x:v>306.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D15" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>306.4</x:v>
+        <x:v>356.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D16" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
-        <x:v>387.5</x:v>
+        <x:v>321.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D17" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
-        <x:v>321.7</x:v>
+        <x:v>387.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B18" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C18" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D18" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E18" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
-        <x:v>420</x:v>
+        <x:v>337.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D19" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
-        <x:v>337.3</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
         <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D20" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
         <x:v>400.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>