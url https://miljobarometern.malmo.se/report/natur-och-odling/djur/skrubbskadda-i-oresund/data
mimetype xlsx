--- v5 (2026-01-23)
+++ v6 (2026-02-13)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R01012d0ecc0b4baa856e16b116e189a0"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R91bbe5d9efcb4ceda07bb2e0480b02db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01012d0ecc0b4baa856e16b116e189a0" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91bbe5d9efcb4ceda07bb2e0480b02db" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F21"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -297,221 +297,221 @@
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
         <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
         <x:v>413.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>36525</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>330.85</x:v>
+        <x:v>432.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>36525</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>432.9</x:v>
+        <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
-        <x:v>306.4</x:v>
+        <x:v>356.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D15" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>356.1</x:v>
+        <x:v>306.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
         <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D16" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
         <x:v>321.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
         <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D17" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
         <x:v>387.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B18" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C18" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D18" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E18" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
-        <x:v>337.3</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D19" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
-        <x:v>420</x:v>
+        <x:v>337.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
-        <x:v>Totalt Malmö Klagshamn</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D20" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
-        <x:v>400.65</x:v>
+        <x:v>472.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Skrubbskädda i Öresund</x:v>
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>SE.7.3.3</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
-        <x:v>Landskrona</x:v>
+        <x:v>Totalt Malmö Klagshamn</x:v>
       </x:c>
       <x:c r="D21" s="3">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="E21" t="n" s="2">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="F21" t="n" s="2">
-        <x:v>472.5</x:v>
+        <x:v>400.65</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>