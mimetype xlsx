--- v6 (2026-02-13)
+++ v7 (2026-03-06)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R91bbe5d9efcb4ceda07bb2e0480b02db"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Raff22468177a446dbe0c6286a6519fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91bbe5d9efcb4ceda07bb2e0480b02db" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raff22468177a446dbe0c6286a6519fac" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F21"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>