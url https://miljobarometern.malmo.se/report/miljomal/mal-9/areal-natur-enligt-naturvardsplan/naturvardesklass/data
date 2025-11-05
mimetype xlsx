--- v0 (2025-10-14)
+++ v1 (2025-11-05)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R0393924512ad479cad18368d08c65505"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4767d24239ed46a1bb36823532711ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0393924512ad479cad18368d08c65505" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4767d24239ed46a1bb36823532711ff3" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>