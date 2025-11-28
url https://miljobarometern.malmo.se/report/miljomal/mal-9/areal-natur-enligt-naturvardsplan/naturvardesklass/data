--- v1 (2025-11-05)
+++ v2 (2025-11-28)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4767d24239ed46a1bb36823532711ff3"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb079220158c843488f035ebc971dec18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4767d24239ed46a1bb36823532711ff3" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb079220158c843488f035ebc971dec18" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -137,61 +137,61 @@
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Klass 2</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
         <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Klass 1 och 2</x:v>
+        <x:v>Klass 3</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>12477</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Klass 3</x:v>
+        <x:v>Klass 1 och 2</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>12477</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>