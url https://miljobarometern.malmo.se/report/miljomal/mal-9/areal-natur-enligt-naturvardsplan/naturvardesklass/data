--- v2 (2025-11-28)
+++ v3 (2025-12-19)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb079220158c843488f035ebc971dec18"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R30235c0edf1a479dbd9b14785b4175f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb079220158c843488f035ebc971dec18" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30235c0edf1a479dbd9b14785b4175f0" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -137,61 +137,61 @@
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Klass 2</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
         <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Klass 3</x:v>
+        <x:v>Klass 1 och 2</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>12477</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>MP.9.4.4</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Klass 1 och 2</x:v>
+        <x:v>Klass 3</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>12477</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>