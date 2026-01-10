--- v3 (2025-12-19)
+++ v4 (2026-01-10)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R30235c0edf1a479dbd9b14785b4175f0"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7b6569efe8d54e35828e35a31a7bc9c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30235c0edf1a479dbd9b14785b4175f0" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b6569efe8d54e35828e35a31a7bc9c7" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>