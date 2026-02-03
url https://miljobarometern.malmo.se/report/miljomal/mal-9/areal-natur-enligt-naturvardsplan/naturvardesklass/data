--- v4 (2026-01-10)
+++ v5 (2026-02-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7b6569efe8d54e35828e35a31a7bc9c7"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd6359ecc805446cf8c4216a935468e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b6569efe8d54e35828e35a31a7bc9c7" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd6359ecc805446cf8c4216a935468e21" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>