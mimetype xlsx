--- v5 (2026-02-03)
+++ v6 (2026-02-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd6359ecc805446cf8c4216a935468e21"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R22b2e7dd96f44fccb16eca11051cd8e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd6359ecc805446cf8c4216a935468e21" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22b2e7dd96f44fccb16eca11051cd8e8" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>