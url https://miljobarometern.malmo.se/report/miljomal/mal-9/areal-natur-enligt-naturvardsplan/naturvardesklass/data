--- v6 (2026-02-03)
+++ v7 (2026-03-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R22b2e7dd96f44fccb16eca11051cd8e8"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd646e200492048ae987772cf495f9d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22b2e7dd96f44fccb16eca11051cd8e8" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd646e200492048ae987772cf495f9d6e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -94,104 +94,104 @@
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
       <x:c r="D1" t="str" s="1">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="E1" t="str" s="1">
         <x:v>Year</x:v>
       </x:c>
       <x:c r="F1" t="str" s="1">
         <x:v>Value</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B2" t="str" s="2">
-        <x:v>MP.9.4.4</x:v>
+        <x:v>MP.9.4.2</x:v>
       </x:c>
       <x:c r="C2" t="str" s="2">
         <x:v>Klass 1</x:v>
       </x:c>
       <x:c r="D2" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E2" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F2" t="n" s="2">
         <x:v>10753</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B3" t="str" s="2">
-        <x:v>MP.9.4.4</x:v>
+        <x:v>MP.9.4.2</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Klass 2</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
         <x:v>1724</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
-        <x:v>MP.9.4.4</x:v>
+        <x:v>MP.9.4.2</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Klass 1 och 2</x:v>
+        <x:v>Klass 3</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>12477</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Naturvärdesklass</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
-        <x:v>MP.9.4.4</x:v>
+        <x:v>MP.9.4.2</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Klass 3</x:v>
+        <x:v>Klass 1 och 2</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>32</x:v>
+        <x:v>12477</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>