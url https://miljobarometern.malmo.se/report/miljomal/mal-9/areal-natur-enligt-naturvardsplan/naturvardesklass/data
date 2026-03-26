--- v7 (2026-03-03)
+++ v8 (2026-03-26)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd646e200492048ae987772cf495f9d6e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7c7f397f6c6a4544ac1a8fc75b279f95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd646e200492048ae987772cf495f9d6e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7c7f397f6c6a4544ac1a8fc75b279f95" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>