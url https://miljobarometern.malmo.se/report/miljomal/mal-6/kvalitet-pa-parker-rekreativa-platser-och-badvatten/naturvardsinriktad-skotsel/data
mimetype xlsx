--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R518b90a74b354f38a5cf4bcb45e2ccae"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra0b9e690892a478a874d6f962cacebbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R518b90a74b354f38a5cf4bcb45e2ccae" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0b9e690892a478a874d6f962cacebbf" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F3"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>