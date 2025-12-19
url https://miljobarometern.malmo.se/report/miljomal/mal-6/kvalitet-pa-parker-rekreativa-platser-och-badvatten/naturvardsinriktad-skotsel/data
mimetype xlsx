--- v1 (2025-11-05)
+++ v2 (2025-12-19)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra0b9e690892a478a874d6f962cacebbf"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R59398b30b74e4618a488ab16ff0ba969"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0b9e690892a478a874d6f962cacebbf" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59398b30b74e4618a488ab16ff0ba969" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F3"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>