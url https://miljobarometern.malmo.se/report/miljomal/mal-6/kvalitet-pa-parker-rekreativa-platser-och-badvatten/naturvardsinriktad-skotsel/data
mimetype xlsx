--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R59398b30b74e4618a488ab16ff0ba969"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R30900e1bc7264c8f816fde869da1d66b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59398b30b74e4618a488ab16ff0ba969" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30900e1bc7264c8f816fde869da1d66b" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F3"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>