--- v3 (2026-01-10)
+++ v4 (2026-02-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R30900e1bc7264c8f816fde869da1d66b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R13614706845c46c5bf172bce2d657c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30900e1bc7264c8f816fde869da1d66b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13614706845c46c5bf172bce2d657c6e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F3"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>