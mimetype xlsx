--- v4 (2026-02-03)
+++ v5 (2026-03-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R13614706845c46c5bf172bce2d657c6e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb9fbf6225c784b9097152255c69a7824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13614706845c46c5bf172bce2d657c6e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9fbf6225c784b9097152255c69a7824" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F3"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>