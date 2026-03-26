--- v5 (2026-03-03)
+++ v6 (2026-03-26)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb9fbf6225c784b9097152255c69a7824"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R2087cc2dd3034e5393da75a600c6be74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9fbf6225c784b9097152255c69a7824" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2087cc2dd3034e5393da75a600c6be74" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F3"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>