--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8578d93fc0594a72a56d1dd52d2d4e2b"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R6b37210fb4f94f51a75d76d03ebcf5d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8578d93fc0594a72a56d1dd52d2d4e2b" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b37210fb4f94f51a75d76d03ebcf5d3" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>