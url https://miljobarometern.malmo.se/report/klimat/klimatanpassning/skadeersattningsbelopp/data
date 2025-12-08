--- v1 (2025-10-27)
+++ v2 (2025-12-08)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R6b37210fb4f94f51a75d76d03ebcf5d3"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R37e68c0858c8479e987863e6202e8c19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b37210fb4f94f51a75d76d03ebcf5d3" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37e68c0858c8479e987863e6202e8c19" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>