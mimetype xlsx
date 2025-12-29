--- v2 (2025-12-08)
+++ v3 (2025-12-29)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R37e68c0858c8479e987863e6202e8c19"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R150f2dba49bc46339e406cd9c598493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37e68c0858c8479e987863e6202e8c19" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R150f2dba49bc46339e406cd9c598493f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F37"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>