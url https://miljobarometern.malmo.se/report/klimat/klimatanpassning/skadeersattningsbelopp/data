--- v3 (2025-12-29)
+++ v4 (2026-01-19)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R150f2dba49bc46339e406cd9c598493f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R5b51f065f6ad409782959b1abfe47b7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R150f2dba49bc46339e406cd9c598493f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b51f065f6ad409782959b1abfe47b7a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F37"/>
+  <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="28.4" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="9.28515625" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="11.6" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -106,732 +106,812 @@
       </x:c>
       <x:c r="E1" t="str" s="1">
         <x:v>Year</x:v>
       </x:c>
       <x:c r="F1" t="str" s="1">
         <x:v>Value</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B2" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C2" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D2" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E2" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F2" t="n" s="2">
-        <x:v>2986667</x:v>
+        <x:v>2569065</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>42735</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
-        <x:v>708358</x:v>
+        <x:v>690708</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
         <x:v>673806</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>43465</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>547905</x:v>
+        <x:v>545405</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B6" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C6" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D6" s="3">
         <x:v>43830</x:v>
       </x:c>
       <x:c r="E6" t="n" s="2">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="F6" t="n" s="2">
         <x:v>1298667</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B7" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C7" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D7" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E7" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F7" t="n" s="2">
-        <x:v>2583818</x:v>
+        <x:v>2005705</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B8" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C8" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D8" s="3">
         <x:v>44561</x:v>
       </x:c>
       <x:c r="E8" t="n" s="2">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F8" t="n" s="2">
-        <x:v>406263</x:v>
+        <x:v>407574</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
-        <x:v>9686032</x:v>
+        <x:v>9530112</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
         <x:v>Storm</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>45291</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>12202346</x:v>
+        <x:v>11361139</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>Vatten</x:v>
+        <x:v>Storm</x:v>
       </x:c>
       <x:c r="D11" s="3">
-        <x:v>42369</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>2500632</x:v>
+        <x:v>446969</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
         <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D12" s="3">
-        <x:v>42735</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>1913532</x:v>
+        <x:v>2478429</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
         <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D13" s="3">
-        <x:v>43100</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>2401615</x:v>
+        <x:v>1913532</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
         <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D14" s="3">
-        <x:v>43465</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
-        <x:v>945507</x:v>
+        <x:v>2401615</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
         <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D15" s="3">
-        <x:v>43830</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>1782239</x:v>
+        <x:v>945507</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
         <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D16" s="3">
-        <x:v>44196</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
-        <x:v>1161064</x:v>
+        <x:v>1782239</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
         <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D17" s="3">
-        <x:v>44561</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
-        <x:v>9190720</x:v>
+        <x:v>1161064</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B18" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C18" t="str" s="2">
         <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D18" s="3">
-        <x:v>44926</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E18" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
-        <x:v>6791974</x:v>
+        <x:v>7045033</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
         <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D19" s="3">
-        <x:v>45291</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
-        <x:v>9899489</x:v>
+        <x:v>5542510</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
-        <x:v>Övrigt</x:v>
+        <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D20" s="3">
-        <x:v>42369</x:v>
+        <x:v>45291</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
-        <x:v>146385</x:v>
+        <x:v>12914969</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
-        <x:v>Övrigt</x:v>
+        <x:v>Vatten</x:v>
       </x:c>
       <x:c r="D21" s="3">
-        <x:v>42735</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E21" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F21" t="n" s="2">
-        <x:v>26534</x:v>
+        <x:v>3739255</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B22" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C22" t="str" s="2">
         <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D22" s="3">
-        <x:v>43100</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E22" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F22" t="n" s="2">
-        <x:v>13427</x:v>
+        <x:v>146385</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B23" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C23" t="str" s="2">
         <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D23" s="3">
-        <x:v>43465</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E23" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F23" t="n" s="2">
-        <x:v>5790800</x:v>
+        <x:v>26534</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B24" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C24" t="str" s="2">
         <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D24" s="3">
-        <x:v>43830</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E24" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F24" t="n" s="2">
-        <x:v>45155</x:v>
+        <x:v>13427</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B25" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C25" t="str" s="2">
         <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D25" s="3">
-        <x:v>44196</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E25" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F25" t="n" s="2">
-        <x:v>55807</x:v>
+        <x:v>9354</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B26" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C26" t="str" s="2">
         <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D26" s="3">
-        <x:v>44561</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E26" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F26" t="n" s="2">
-        <x:v>963440</x:v>
+        <x:v>45155</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B27" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C27" t="str" s="2">
         <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D27" s="3">
-        <x:v>44926</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E27" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F27" t="n" s="2">
-        <x:v>99999</x:v>
+        <x:v>4000</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B28" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C28" t="str" s="2">
         <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D28" s="3">
-        <x:v>45291</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E28" t="n" s="2">
-        <x:v>2023</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F28" t="n" s="2">
-        <x:v>1208656</x:v>
+        <x:v>949940</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B29" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C29" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D29" s="3">
-        <x:v>42369</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="E29" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="F29" t="n" s="2">
-        <x:v>5633684</x:v>
+        <x:v>119107</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B30" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C30" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D30" s="3">
-        <x:v>42735</x:v>
+        <x:v>45291</x:v>
       </x:c>
       <x:c r="E30" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="F30" t="n" s="2">
-        <x:v>2648424</x:v>
+        <x:v>748469</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B31" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C31" t="str" s="2">
-        <x:v>Totalt</x:v>
+        <x:v>Övrigt</x:v>
       </x:c>
       <x:c r="D31" s="3">
-        <x:v>43100</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="E31" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="F31" t="n" s="2">
-        <x:v>3088848</x:v>
+        <x:v>5152408</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B32" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C32" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D32" s="3">
-        <x:v>43465</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E32" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F32" t="n" s="2">
-        <x:v>7284212</x:v>
+        <x:v>5193879</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B33" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C33" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D33" s="3">
-        <x:v>43830</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E33" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F33" t="n" s="2">
-        <x:v>3126061</x:v>
+        <x:v>2630774</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D34" s="3">
-        <x:v>44196</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
-        <x:v>3800689</x:v>
+        <x:v>3088848</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D35" s="3">
-        <x:v>44561</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>10560423</x:v>
+        <x:v>1500266</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D36" s="3">
-        <x:v>44926</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
-        <x:v>16578005</x:v>
+        <x:v>3126061</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Skadeersättningsbelopp</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.1.3.5</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
         <x:v>Totalt</x:v>
       </x:c>
       <x:c r="D37" s="3">
+        <x:v>44196</x:v>
+      </x:c>
+      <x:c r="E37" t="n" s="2">
+        <x:v>2020</x:v>
+      </x:c>
+      <x:c r="F37" t="n" s="2">
+        <x:v>3170769</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38">
+      <x:c r="A38" t="str" s="2">
+        <x:v>Skadeersättningsbelopp</x:v>
+      </x:c>
+      <x:c r="B38" t="str" s="2">
+        <x:v>SE.1.3.5</x:v>
+      </x:c>
+      <x:c r="C38" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D38" s="3">
+        <x:v>44561</x:v>
+      </x:c>
+      <x:c r="E38" t="n" s="2">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="F38" t="n" s="2">
+        <x:v>8402547</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39">
+      <x:c r="A39" t="str" s="2">
+        <x:v>Skadeersättningsbelopp</x:v>
+      </x:c>
+      <x:c r="B39" t="str" s="2">
+        <x:v>SE.1.3.5</x:v>
+      </x:c>
+      <x:c r="C39" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D39" s="3">
+        <x:v>44926</x:v>
+      </x:c>
+      <x:c r="E39" t="n" s="2">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="F39" t="n" s="2">
+        <x:v>15191729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c r="A40" t="str" s="2">
+        <x:v>Skadeersättningsbelopp</x:v>
+      </x:c>
+      <x:c r="B40" t="str" s="2">
+        <x:v>SE.1.3.5</x:v>
+      </x:c>
+      <x:c r="C40" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D40" s="3">
         <x:v>45291</x:v>
       </x:c>
-      <x:c r="E37" t="n" s="2">
+      <x:c r="E40" t="n" s="2">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="F37" t="n" s="2">
-        <x:v>23310491</x:v>
+      <x:c r="F40" t="n" s="2">
+        <x:v>25024577</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c r="A41" t="str" s="2">
+        <x:v>Skadeersättningsbelopp</x:v>
+      </x:c>
+      <x:c r="B41" t="str" s="2">
+        <x:v>SE.1.3.5</x:v>
+      </x:c>
+      <x:c r="C41" t="str" s="2">
+        <x:v>Totalt</x:v>
+      </x:c>
+      <x:c r="D41" s="3">
+        <x:v>45657</x:v>
+      </x:c>
+      <x:c r="E41" t="n" s="2">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="F41" t="n" s="2">
+        <x:v>9338632</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>