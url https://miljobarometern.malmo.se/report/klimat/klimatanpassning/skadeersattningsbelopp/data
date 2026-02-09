--- v4 (2026-01-19)
+++ v5 (2026-02-09)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R5b51f065f6ad409782959b1abfe47b7a"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra4222eedbac34a739d24a7d53549e2c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b51f065f6ad409782959b1abfe47b7a" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4222eedbac34a739d24a7d53549e2c0" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>