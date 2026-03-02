--- v5 (2026-02-09)
+++ v6 (2026-03-02)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra4222eedbac34a739d24a7d53549e2c0"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8dfb71ed777045669428bfe94e545d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4222eedbac34a739d24a7d53549e2c0" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8dfb71ed777045669428bfe94e545d9a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>