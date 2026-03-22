--- v6 (2026-03-02)
+++ v7 (2026-03-22)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8dfb71ed777045669428bfe94e545d9a"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Red142e4f2c314d6396989a1679de1a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8dfb71ed777045669428bfe94e545d9a" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red142e4f2c314d6396989a1679de1a0e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>