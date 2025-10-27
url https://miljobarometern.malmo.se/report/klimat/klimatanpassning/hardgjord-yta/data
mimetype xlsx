--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R02755b35f37c47c69bc9871c2afa96fc"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf27db89fb2154683b87666d018620fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02755b35f37c47c69bc9871c2afa96fc" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf27db89fb2154683b87666d018620fb4" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F7"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>