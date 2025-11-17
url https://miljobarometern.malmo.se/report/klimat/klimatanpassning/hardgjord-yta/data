--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rf27db89fb2154683b87666d018620fb4"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R76ff62502110408f8c7ef21befa7ea55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf27db89fb2154683b87666d018620fb4" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76ff62502110408f8c7ef21befa7ea55" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F7"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>