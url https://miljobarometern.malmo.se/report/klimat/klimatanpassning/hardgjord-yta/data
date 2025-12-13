--- v2 (2025-11-17)
+++ v3 (2025-12-13)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R76ff62502110408f8c7ef21befa7ea55"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R722ff67c3d5444239aee5b4e9a2f9955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76ff62502110408f8c7ef21befa7ea55" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R722ff67c3d5444239aee5b4e9a2f9955" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F7"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>