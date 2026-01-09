--- v3 (2025-12-13)
+++ v4 (2026-01-09)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R722ff67c3d5444239aee5b4e9a2f9955"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8d626142d0c04cbdbb8afb614b317924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R722ff67c3d5444239aee5b4e9a2f9955" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d626142d0c04cbdbb8afb614b317924" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F7"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>