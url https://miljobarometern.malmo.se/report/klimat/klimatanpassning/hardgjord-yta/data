--- v4 (2026-01-09)
+++ v5 (2026-02-02)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8d626142d0c04cbdbb8afb614b317924"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R968622c20e4a464e84c4e9b23d567041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d626142d0c04cbdbb8afb614b317924" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R968622c20e4a464e84c4e9b23d567041" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F7"/>
+  <x:dimension ref="A1:F8"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="34.4" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="27.2" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -177,61 +177,81 @@
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>SE.1.3.1</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
         <x:v>Tätorter (SCB)</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
         <x:v>54.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str" s="2">
         <x:v>Hårdgjord yta inom tätorter</x:v>
       </x:c>
       <x:c r="B6" t="str" s="2">
         <x:v>SE.1.3.1</x:v>
       </x:c>
       <x:c r="C6" t="str" s="2">
-        <x:v>Tätorter (Malmö stad)</x:v>
+        <x:v>Tätorter (SCB)</x:v>
       </x:c>
       <x:c r="D6" s="3">
-        <x:v>42369</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E6" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F6" t="n" s="2">
-        <x:v>56.8</x:v>
+        <x:v>51.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str" s="2">
         <x:v>Hårdgjord yta inom tätorter</x:v>
       </x:c>
       <x:c r="B7" t="str" s="2">
         <x:v>SE.1.3.1</x:v>
       </x:c>
       <x:c r="C7" t="str" s="2">
         <x:v>Tätorter (Malmö stad)</x:v>
       </x:c>
       <x:c r="D7" s="3">
+        <x:v>42369</x:v>
+      </x:c>
+      <x:c r="E7" t="n" s="2">
+        <x:v>2015</x:v>
+      </x:c>
+      <x:c r="F7" t="n" s="2">
+        <x:v>56.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" t="str" s="2">
+        <x:v>Hårdgjord yta inom tätorter</x:v>
+      </x:c>
+      <x:c r="B8" t="str" s="2">
+        <x:v>SE.1.3.1</x:v>
+      </x:c>
+      <x:c r="C8" t="str" s="2">
+        <x:v>Tätorter (Malmö stad)</x:v>
+      </x:c>
+      <x:c r="D8" s="3">
         <x:v>44196</x:v>
       </x:c>
-      <x:c r="E7" t="n" s="2">
+      <x:c r="E8" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="F7" t="n" s="2">
+      <x:c r="F8" t="n" s="2">
         <x:v>61.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>