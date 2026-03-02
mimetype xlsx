--- v5 (2026-02-02)
+++ v6 (2026-03-02)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R968622c20e4a464e84c4e9b23d567041"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rdd3420277c1d42f9ae9fdb564d8552a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R968622c20e4a464e84c4e9b23d567041" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd3420277c1d42f9ae9fdb564d8552a7" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F8"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>