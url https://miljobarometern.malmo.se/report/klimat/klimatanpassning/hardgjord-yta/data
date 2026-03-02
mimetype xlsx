--- v6 (2026-03-02)
+++ v7 (2026-03-02)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rdd3420277c1d42f9ae9fdb564d8552a7"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8f09befdbef140aab7dc5e758bc7ff1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd3420277c1d42f9ae9fdb564d8552a7" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f09befdbef140aab7dc5e758bc7ff1e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F8"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>