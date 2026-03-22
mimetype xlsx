--- v7 (2026-03-02)
+++ v8 (2026-03-22)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8f09befdbef140aab7dc5e758bc7ff1e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1cdde0d5ea064e3bb6fcd2fbd28e8fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f09befdbef140aab7dc5e758bc7ff1e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1cdde0d5ea064e3bb6fcd2fbd28e8fd3" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F8"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>