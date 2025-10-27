--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R63ab0bed8a694a5d8da1b8768de3bfd1"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R54490c27188a4ebd85f4f1959d95f75a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R63ab0bed8a694a5d8da1b8768de3bfd1" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54490c27188a4ebd85f4f1959d95f75a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F49"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>