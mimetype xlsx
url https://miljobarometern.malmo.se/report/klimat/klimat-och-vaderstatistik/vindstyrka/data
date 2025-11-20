--- v1 (2025-10-27)
+++ v2 (2025-11-20)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R54490c27188a4ebd85f4f1959d95f75a"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R384d68d8d16d4e7db599fadcfbc91d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54490c27188a4ebd85f4f1959d95f75a" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R384d68d8d16d4e7db599fadcfbc91d03" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F49"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>