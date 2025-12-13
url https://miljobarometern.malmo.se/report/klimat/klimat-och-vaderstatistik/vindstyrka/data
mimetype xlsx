--- v2 (2025-11-20)
+++ v3 (2025-12-13)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R384d68d8d16d4e7db599fadcfbc91d03"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9934cb6debf24308a6953bfd3231602d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R384d68d8d16d4e7db599fadcfbc91d03" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9934cb6debf24308a6953bfd3231602d" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F49"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>