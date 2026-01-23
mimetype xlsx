--- v3 (2025-12-13)
+++ v4 (2026-01-23)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9934cb6debf24308a6953bfd3231602d"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra2c69aebe68b4822b6b0d064851a7351"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9934cb6debf24308a6953bfd3231602d" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2c69aebe68b4822b6b0d064851a7351" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F49"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>