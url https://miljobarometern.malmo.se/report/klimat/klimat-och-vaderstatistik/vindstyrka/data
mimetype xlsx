--- v4 (2026-01-23)
+++ v5 (2026-02-19)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra2c69aebe68b4822b6b0d064851a7351"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra7824bb06a884b8cac86d34f0ba74070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2c69aebe68b4822b6b0d064851a7351" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7824bb06a884b8cac86d34f0ba74070" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F49"/>
+  <x:dimension ref="A1:F50"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="14" customWidth="1"/>
     <x:col min="2" max="2" width="12.8" customWidth="1"/>
     <x:col min="3" max="3" width="14" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -106,331 +106,331 @@
       </x:c>
       <x:c r="E1" t="str" s="1">
         <x:v>Year</x:v>
       </x:c>
       <x:c r="F1" t="str" s="1">
         <x:v>Value</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B2" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C2" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D2" s="3">
         <x:v>33969</x:v>
       </x:c>
       <x:c r="E2" t="n" s="2">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="F2" t="n" s="2">
-        <x:v>3.73</x:v>
+        <x:v>3.792</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D3" s="3">
         <x:v>34334</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
         <x:v>1993</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
-        <x:v>3.78</x:v>
+        <x:v>3.846</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D4" s="3">
         <x:v>34699</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
         <x:v>1994</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>3.97</x:v>
+        <x:v>3.926</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D5" s="3">
         <x:v>35064</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
         <x:v>1995</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>3.83</x:v>
+        <x:v>3.793</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B6" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C6" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D6" s="3">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="E6" t="n" s="2">
         <x:v>1996</x:v>
       </x:c>
       <x:c r="F6" t="n" s="2">
-        <x:v>3.55</x:v>
+        <x:v>3.505</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B7" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C7" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D7" s="3">
         <x:v>35795</x:v>
       </x:c>
       <x:c r="E7" t="n" s="2">
         <x:v>1997</x:v>
       </x:c>
       <x:c r="F7" t="n" s="2">
-        <x:v>3.62</x:v>
+        <x:v>3.579</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B8" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C8" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D8" s="3">
         <x:v>36160</x:v>
       </x:c>
       <x:c r="E8" t="n" s="2">
         <x:v>1998</x:v>
       </x:c>
       <x:c r="F8" t="n" s="2">
-        <x:v>3.93</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>36525</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
-        <x:v>3.67</x:v>
+        <x:v>3.631</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>36891</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>3.72</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>37256</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>3.63</x:v>
+        <x:v>3.588</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>37621</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>3.81</x:v>
+        <x:v>3.774</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>37986</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>3.64</x:v>
+        <x:v>3.599</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D14" s="3">
         <x:v>38352</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
-        <x:v>3.74</x:v>
+        <x:v>3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D15" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>3.84</x:v>
+        <x:v>3.798</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D16" s="3">
         <x:v>39082</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
-        <x:v>3.69</x:v>
+        <x:v>3.502</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D17" s="3">
         <x:v>39447</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
         <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Vindstyrka</x:v>
@@ -446,71 +446,71 @@
       </x:c>
       <x:c r="E18" t="n" s="2">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
         <x:v>3.87</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D19" s="3">
         <x:v>40178</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
-        <x:v>3.66</x:v>
+        <x:v>3.76</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D20" s="3">
         <x:v>40543</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
-        <x:v>3.85</x:v>
+        <x:v>3.66</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D21" s="3">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="E21" t="n" s="2">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="F21" t="n" s="2">
         <x:v>3.85</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str" s="2">
         <x:v>Vindstyrka</x:v>
@@ -757,321 +757,341 @@
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
         <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D34" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
         <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
-        <x:v>Lillgrund</x:v>
+        <x:v>Heleneholm</x:v>
       </x:c>
       <x:c r="D35" s="3">
-        <x:v>40178</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
-        <x:v>2009</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>6.55</x:v>
+        <x:v>3.61</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D36" s="3">
-        <x:v>40543</x:v>
+        <x:v>40178</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
-        <x:v>2010</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
-        <x:v>6.25</x:v>
+        <x:v>6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D37" s="3">
-        <x:v>40908</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
-        <x:v>2011</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
-        <x:v>6.92</x:v>
+        <x:v>6.25</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D38" s="3">
-        <x:v>41274</x:v>
+        <x:v>40908</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
-        <x:v>2012</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
-        <x:v>7.17</x:v>
+        <x:v>6.92</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D39" s="3">
-        <x:v>42004</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
-        <x:v>2014</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>7.35</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D40" s="3">
-        <x:v>42369</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
-        <x:v>2015</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
         <x:v>7.35</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D41" s="3">
-        <x:v>42735</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="E41" t="n" s="2">
-        <x:v>2016</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="F41" t="n" s="2">
-        <x:v>6.66</x:v>
+        <x:v>7.35</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B42" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C42" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D42" s="3">
-        <x:v>43100</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="E42" t="n" s="2">
-        <x:v>2017</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="F42" t="n" s="2">
-        <x:v>7.26</x:v>
+        <x:v>6.66</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B43" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C43" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D43" s="3">
-        <x:v>43465</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="E43" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F43" t="n" s="2">
-        <x:v>6.65</x:v>
+        <x:v>7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B44" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C44" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D44" s="3">
-        <x:v>43830</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="E44" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="F44" t="n" s="2">
-        <x:v>7.05</x:v>
+        <x:v>6.65</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B45" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C45" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D45" s="3">
-        <x:v>44196</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="E45" t="n" s="2">
-        <x:v>2020</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="F45" t="n" s="2">
-        <x:v>7.25</x:v>
+        <x:v>7.05</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B46" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C46" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D46" s="3">
-        <x:v>44561</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="E46" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="F46" t="n" s="2">
-        <x:v>6.56</x:v>
+        <x:v>7.25</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B47" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C47" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D47" s="3">
-        <x:v>44926</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="E47" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F47" t="n" s="2">
-        <x:v>6.76</x:v>
+        <x:v>6.56</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B48" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C48" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D48" s="3">
-        <x:v>45291</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="E48" t="n" s="2">
-        <x:v>2023</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="F48" t="n" s="2">
-        <x:v>7.02</x:v>
+        <x:v>6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str" s="2">
         <x:v>Vindstyrka</x:v>
       </x:c>
       <x:c r="B49" t="str" s="2">
         <x:v>SE.1.1.13</x:v>
       </x:c>
       <x:c r="C49" t="str" s="2">
         <x:v>Lillgrund</x:v>
       </x:c>
       <x:c r="D49" s="3">
+        <x:v>45291</x:v>
+      </x:c>
+      <x:c r="E49" t="n" s="2">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="F49" t="n" s="2">
+        <x:v>7.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50">
+      <x:c r="A50" t="str" s="2">
+        <x:v>Vindstyrka</x:v>
+      </x:c>
+      <x:c r="B50" t="str" s="2">
+        <x:v>SE.1.1.13</x:v>
+      </x:c>
+      <x:c r="C50" t="str" s="2">
+        <x:v>Lillgrund</x:v>
+      </x:c>
+      <x:c r="D50" s="3">
         <x:v>45657</x:v>
       </x:c>
-      <x:c r="E49" t="n" s="2">
+      <x:c r="E50" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="F49" t="n" s="2">
+      <x:c r="F50" t="n" s="2">
         <x:v>6.89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>