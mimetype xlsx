--- v5 (2026-02-19)
+++ v6 (2026-03-11)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra7824bb06a884b8cac86d34f0ba74070"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R64af39ec61dc433188a742538163874a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7824bb06a884b8cac86d34f0ba74070" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64af39ec61dc433188a742538163874a" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F50"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>