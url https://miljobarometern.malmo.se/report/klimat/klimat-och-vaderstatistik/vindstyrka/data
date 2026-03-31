--- v6 (2026-03-11)
+++ v7 (2026-03-31)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R64af39ec61dc433188a742538163874a"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1c01533260e840929518a887b03be6f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64af39ec61dc433188a742538163874a" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c01533260e840929518a887b03be6f8" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F50"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>