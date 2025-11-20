--- v0 (2025-10-24)
+++ v1 (2025-11-20)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd4afe198f97741bc95aa8e5bd290be06"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R01c56c7cdd9045bf839e92b78e6fa2cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4afe198f97741bc95aa8e5bd290be06" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01c56c7cdd9045bf839e92b78e6fa2cb" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F40"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>