--- v1 (2025-11-20)
+++ v2 (2025-12-13)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R01c56c7cdd9045bf839e92b78e6fa2cb"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb3dee3b957834bef8f16dd2c6744e051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01c56c7cdd9045bf839e92b78e6fa2cb" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3dee3b957834bef8f16dd2c6744e051" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F40"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>