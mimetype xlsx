--- v2 (2025-12-13)
+++ v3 (2026-01-07)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rb3dee3b957834bef8f16dd2c6744e051"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R86128b331a2844d4af734d28f2e02b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3dee3b957834bef8f16dd2c6744e051" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R86128b331a2844d4af734d28f2e02b05" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F40"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>