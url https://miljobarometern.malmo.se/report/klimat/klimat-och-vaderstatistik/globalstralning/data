--- v3 (2026-01-07)
+++ v4 (2026-02-19)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R86128b331a2844d4af734d28f2e02b05"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R187a9df5a5f9480db30a4c947a83fb06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R86128b331a2844d4af734d28f2e02b05" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R187a9df5a5f9480db30a4c947a83fb06" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F40"/>
+  <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="20" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="36.8" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
     <x:col min="6" max="6" width="10.4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
@@ -757,141 +757,161 @@
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
         <x:v>Årsvärde</x:v>
       </x:c>
       <x:c r="D34" s="3">
         <x:v>45657</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
         <x:v>1051</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
-        <x:v>Störst under perioden</x:v>
+        <x:v>Årsvärde</x:v>
       </x:c>
       <x:c r="D35" s="3">
-        <x:v>33969</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
-        <x:v>1992</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>1168</x:v>
+        <x:v>1095</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
         <x:v>Standardnormalvärde 1961-1990</x:v>
       </x:c>
       <x:c r="D36" s="3">
         <x:v>33969</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
         <x:v>972.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
-        <x:v>Standardnormalvärde 1961-1990</x:v>
+        <x:v>Störst under perioden</x:v>
       </x:c>
       <x:c r="D37" s="3">
-        <x:v>45657</x:v>
+        <x:v>33969</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
-        <x:v>2024</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
-        <x:v>972.9</x:v>
+        <x:v>1168</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
         <x:v>Störst under perioden</x:v>
       </x:c>
       <x:c r="D38" s="3">
-        <x:v>45657</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
         <x:v>1168</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
-        <x:v>Minst under perioden</x:v>
+        <x:v>Standardnormalvärde 1961-1990</x:v>
       </x:c>
       <x:c r="D39" s="3">
-        <x:v>33969</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
-        <x:v>1992</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>791.195</x:v>
+        <x:v>972.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Minst under perioden</x:v>
       </x:c>
       <x:c r="D40" s="3">
-        <x:v>45657</x:v>
+        <x:v>33969</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
-        <x:v>2024</x:v>
+        <x:v>1992</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
+        <x:v>791.195</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c r="A41" t="str" s="2">
+        <x:v>Globalstrålning</x:v>
+      </x:c>
+      <x:c r="B41" t="str" s="2">
+        <x:v>SE.1.1.7</x:v>
+      </x:c>
+      <x:c r="C41" t="str" s="2">
+        <x:v>Minst under perioden</x:v>
+      </x:c>
+      <x:c r="D41" s="3">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="E41" t="n" s="2">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="F41" t="n" s="2">
         <x:v>791.195</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>