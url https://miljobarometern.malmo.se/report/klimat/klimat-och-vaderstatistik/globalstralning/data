--- v4 (2026-02-19)
+++ v5 (2026-03-11)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R187a9df5a5f9480db30a4c947a83fb06"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rad835fe9f0f0447d9924d6ae9cb7af66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R187a9df5a5f9480db30a4c947a83fb06" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad835fe9f0f0447d9924d6ae9cb7af66" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>