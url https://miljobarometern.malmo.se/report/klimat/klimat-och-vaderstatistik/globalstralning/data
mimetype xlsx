--- v5 (2026-03-11)
+++ v6 (2026-03-31)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rad835fe9f0f0447d9924d6ae9cb7af66"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9f31b6e29057441681cecca649fbbffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad835fe9f0f0447d9924d6ae9cb7af66" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f31b6e29057441681cecca649fbbffc" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F41"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -817,80 +817,80 @@
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
         <x:v>Störst under perioden</x:v>
       </x:c>
       <x:c r="D37" s="3">
         <x:v>33969</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
         <x:v>1168</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
-        <x:v>Störst under perioden</x:v>
+        <x:v>Standardnormalvärde 1961-1990</x:v>
       </x:c>
       <x:c r="D38" s="3">
         <x:v>46022</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
-        <x:v>1168</x:v>
+        <x:v>972.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
-        <x:v>Standardnormalvärde 1961-1990</x:v>
+        <x:v>Störst under perioden</x:v>
       </x:c>
       <x:c r="D39" s="3">
         <x:v>46022</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>972.9</x:v>
+        <x:v>1168</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Globalstrålning</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.1.1.7</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
         <x:v>Minst under perioden</x:v>
       </x:c>
       <x:c r="D40" s="3">
         <x:v>33969</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
         <x:v>791.195</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Globalstrålning</x:v>