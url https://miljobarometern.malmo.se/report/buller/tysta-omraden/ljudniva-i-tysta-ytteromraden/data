--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R3cef6e4ad99340d5950c9c5942ff18a3"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R2c2d1b956d9943318219a27fc943c17f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3cef6e4ad99340d5950c9c5942ff18a3" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c2d1b956d9943318219a27fc943c17f" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -557,141 +557,141 @@
       </x:c>
       <x:c r="B24" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C24" t="str" s="2">
         <x:v>Husie mosse</x:v>
       </x:c>
       <x:c r="D24" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E24" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F24" t="n" s="2">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B25" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C25" t="str" s="2">
-        <x:v>Almåsa koloniområde</x:v>
+        <x:v>Totalt medel</x:v>
       </x:c>
       <x:c r="D25" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E25" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F25" t="n" s="2">
-        <x:v>41</x:v>
+        <x:v>43.875</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B26" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C26" t="str" s="2">
-        <x:v>Totalt medel</x:v>
+        <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D26" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E26" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F26" t="n" s="2">
-        <x:v>43.875</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B27" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C27" t="str" s="2">
-        <x:v>Almåsa koloniområde</x:v>
+        <x:v>Totalt medel</x:v>
       </x:c>
       <x:c r="D27" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E27" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F27" t="n" s="2">
-        <x:v>38</x:v>
+        <x:v>43.875</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B28" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C28" t="str" s="2">
-        <x:v>Totalt medel</x:v>
+        <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D28" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E28" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F28" t="n" s="2">
-        <x:v>43.875</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B29" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C29" t="str" s="2">
-        <x:v>Almåsa koloniområde</x:v>
+        <x:v>Totalt medel</x:v>
       </x:c>
       <x:c r="D29" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E29" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F29" t="n" s="2">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B30" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C30" t="str" s="2">
-        <x:v>Totalt medel</x:v>
+        <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D30" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E30" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F30" t="n" s="2">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>