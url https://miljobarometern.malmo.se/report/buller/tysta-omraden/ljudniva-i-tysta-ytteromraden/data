--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R2c2d1b956d9943318219a27fc943c17f"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R95063848fdab4c56833b53b09029c583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c2d1b956d9943318219a27fc943c17f" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95063848fdab4c56833b53b09029c583" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>