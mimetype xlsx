--- v2 (2025-11-17)
+++ v3 (2025-12-08)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R95063848fdab4c56833b53b09029c583"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9569710829654e17a90d95ef7e2d8ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95063848fdab4c56833b53b09029c583" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9569710829654e17a90d95ef7e2d8ab1" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -597,101 +597,101 @@
       </x:c>
       <x:c r="B26" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C26" t="str" s="2">
         <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D26" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E26" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F26" t="n" s="2">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B27" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C27" t="str" s="2">
-        <x:v>Totalt medel</x:v>
+        <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D27" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E27" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F27" t="n" s="2">
-        <x:v>43.875</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B28" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C28" t="str" s="2">
-        <x:v>Almåsa koloniområde</x:v>
+        <x:v>Totalt medel</x:v>
       </x:c>
       <x:c r="D28" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E28" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F28" t="n" s="2">
-        <x:v>38</x:v>
+        <x:v>43.875</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B29" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C29" t="str" s="2">
-        <x:v>Totalt medel</x:v>
+        <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D29" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E29" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F29" t="n" s="2">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B30" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C30" t="str" s="2">
-        <x:v>Almåsa koloniområde</x:v>
+        <x:v>Totalt medel</x:v>
       </x:c>
       <x:c r="D30" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E30" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F30" t="n" s="2">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>