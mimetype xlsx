--- v3 (2025-12-08)
+++ v4 (2025-12-13)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R9569710829654e17a90d95ef7e2d8ab1"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R65da134c26a241189dcd22d541f8df73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9569710829654e17a90d95ef7e2d8ab1" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R65da134c26a241189dcd22d541f8df73" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>