--- v4 (2025-12-13)
+++ v5 (2026-01-08)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R65da134c26a241189dcd22d541f8df73"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd56ba2c748e746caac17183a9f14f103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R65da134c26a241189dcd22d541f8df73" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd56ba2c748e746caac17183a9f14f103" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>