--- v5 (2026-01-08)
+++ v6 (2026-02-06)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rd56ba2c748e746caac17183a9f14f103"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7dc99dc3a21648f098232e0921b06a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd56ba2c748e746caac17183a9f14f103" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7dc99dc3a21648f098232e0921b06a4e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -597,80 +597,80 @@
       </x:c>
       <x:c r="B26" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C26" t="str" s="2">
         <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D26" s="3">
         <x:v>38717</x:v>
       </x:c>
       <x:c r="E26" t="n" s="2">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="F26" t="n" s="2">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B27" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C27" t="str" s="2">
-        <x:v>Almåsa koloniområde</x:v>
+        <x:v>Totalt medel</x:v>
       </x:c>
       <x:c r="D27" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E27" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F27" t="n" s="2">
-        <x:v>38</x:v>
+        <x:v>43.875</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B28" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C28" t="str" s="2">
-        <x:v>Totalt medel</x:v>
+        <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D28" s="3">
         <x:v>42369</x:v>
       </x:c>
       <x:c r="E28" t="n" s="2">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="F28" t="n" s="2">
-        <x:v>43.875</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>
       </x:c>
       <x:c r="B29" t="str" s="2">
         <x:v>SE.5.3.2</x:v>
       </x:c>
       <x:c r="C29" t="str" s="2">
         <x:v>Almåsa koloniområde</x:v>
       </x:c>
       <x:c r="D29" s="3">
         <x:v>44196</x:v>
       </x:c>
       <x:c r="E29" t="n" s="2">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="F29" t="n" s="2">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str" s="2">
         <x:v>Ljudnivå i tysta ytterområden</x:v>