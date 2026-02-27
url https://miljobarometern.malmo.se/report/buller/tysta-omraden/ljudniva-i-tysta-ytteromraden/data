--- v6 (2026-02-06)
+++ v7 (2026-02-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7dc99dc3a21648f098232e0921b06a4e"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8f58e6ec7dd149079a4253443b7d93c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7dc99dc3a21648f098232e0921b06a4e" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f58e6ec7dd149079a4253443b7d93c7" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>