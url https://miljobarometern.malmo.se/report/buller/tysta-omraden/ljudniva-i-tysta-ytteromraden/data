--- v7 (2026-02-27)
+++ v8 (2026-03-20)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R8f58e6ec7dd149079a4253443b7d93c7"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Ra5b9b08b1a854fdbab0bf9048410f52e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f58e6ec7dd149079a4253443b7d93c7" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5b9b08b1a854fdbab0bf9048410f52e" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F30"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>