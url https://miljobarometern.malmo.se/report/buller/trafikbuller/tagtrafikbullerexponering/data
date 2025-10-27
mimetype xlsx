--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R4e821db449554cbdabd10bac9b9d641d"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R32ca12ed41d947a0b4284c52a14a5e30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e821db449554cbdabd10bac9b9d641d" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R32ca12ed41d947a0b4284c52a14a5e30" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F13"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -257,101 +257,101 @@
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
         <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
         <x:v>7600</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>2900</x:v>
+        <x:v>9800</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>9800</x:v>
+        <x:v>2900</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>8200</x:v>
+        <x:v>2300</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D13" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>2300</x:v>
+        <x:v>8200</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>