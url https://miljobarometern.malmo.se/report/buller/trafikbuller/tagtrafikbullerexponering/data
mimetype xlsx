--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R32ca12ed41d947a0b4284c52a14a5e30"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R06241b2c911244cb8b7c5341bf84be48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R32ca12ed41d947a0b4284c52a14a5e30" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R06241b2c911244cb8b7c5341bf84be48" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F13"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -217,120 +217,120 @@
       </x:c>
       <x:c r="B7" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C7" t="str" s="2">
         <x:v>60 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D7" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E7" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F7" t="n" s="2">
         <x:v>8200</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B8" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C8" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D8" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E8" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F8" t="n" s="2">
-        <x:v>2200</x:v>
+        <x:v>7600</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
-        <x:v>7600</x:v>
+        <x:v>2200</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>9800</x:v>
+        <x:v>2900</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>2900</x:v>
+        <x:v>9800</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
         <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
         <x:v>2300</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>