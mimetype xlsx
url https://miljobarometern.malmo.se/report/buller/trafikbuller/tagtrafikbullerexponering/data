--- v2 (2025-11-17)
+++ v3 (2026-01-21)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R06241b2c911244cb8b7c5341bf84be48"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re0cf503efa2a471f84b529282fc3bc60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R06241b2c911244cb8b7c5341bf84be48" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0cf503efa2a471f84b529282fc3bc60" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F13"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -217,120 +217,120 @@
       </x:c>
       <x:c r="B7" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C7" t="str" s="2">
         <x:v>60 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D7" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E7" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F7" t="n" s="2">
         <x:v>8200</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B8" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C8" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D8" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E8" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F8" t="n" s="2">
-        <x:v>7600</x:v>
+        <x:v>2200</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
-        <x:v>2200</x:v>
+        <x:v>7600</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>2900</x:v>
+        <x:v>9800</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>9800</x:v>
+        <x:v>2900</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
         <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
         <x:v>2300</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>