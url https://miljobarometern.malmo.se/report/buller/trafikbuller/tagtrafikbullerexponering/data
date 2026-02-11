--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Re0cf503efa2a471f84b529282fc3bc60"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rcc29e119ce894af9adbd322d55ae8587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0cf503efa2a471f84b529282fc3bc60" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc29e119ce894af9adbd322d55ae8587" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F13"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>