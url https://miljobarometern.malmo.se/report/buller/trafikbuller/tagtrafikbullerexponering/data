--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rcc29e119ce894af9adbd322d55ae8587"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R2c5ab4dba46a43438b028adfa68a0354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc29e119ce894af9adbd322d55ae8587" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c5ab4dba46a43438b028adfa68a0354" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F13"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
@@ -217,120 +217,120 @@
       </x:c>
       <x:c r="B7" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C7" t="str" s="2">
         <x:v>60 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D7" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E7" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F7" t="n" s="2">
         <x:v>8200</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B8" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C8" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D8" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E8" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F8" t="n" s="2">
-        <x:v>2200</x:v>
+        <x:v>7600</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D9" s="3">
         <x:v>41274</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
-        <x:v>7600</x:v>
+        <x:v>2200</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>över riktvärde</x:v>
+        <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D10" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>9800</x:v>
+        <x:v>2900</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>65 dB(A) eller mer</x:v>
+        <x:v>över riktvärde</x:v>
       </x:c>
       <x:c r="D11" s="3">
         <x:v>43100</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>2900</x:v>
+        <x:v>9800</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.5.1.6</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
         <x:v>65 dB(A) eller mer</x:v>
       </x:c>
       <x:c r="D12" s="3">
         <x:v>44926</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
         <x:v>2300</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Tågtrafikbullerexponering</x:v>