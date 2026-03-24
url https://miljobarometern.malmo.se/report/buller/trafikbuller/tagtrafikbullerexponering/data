--- v5 (2026-03-03)
+++ v6 (2026-03-24)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R2c5ab4dba46a43438b028adfa68a0354"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R27295ba01f294af39286f8e40d3b0a64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c5ab4dba46a43438b028adfa68a0354" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R27295ba01f294af39286f8e40d3b0a64" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F13"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>