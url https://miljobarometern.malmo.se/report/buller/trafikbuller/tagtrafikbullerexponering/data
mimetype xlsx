--- v6 (2026-03-24)
+++ v7 (2026-03-24)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R27295ba01f294af39286f8e40d3b0a64"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R34accc3bd74f474f828031089bdebb75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R27295ba01f294af39286f8e40d3b0a64" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34accc3bd74f474f828031089bdebb75" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F13"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>